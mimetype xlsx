--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -1170,88 +1170,88 @@
       </c>
       <c r="B41" t="s">
         <v>26</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41">
         <v>216</v>
       </c>
       <c r="E41">
         <v>146.88</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>27</v>
       </c>
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42" t="s">
         <v>29</v>
       </c>
       <c r="D42">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E42">
-        <v>45.9</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>27</v>
       </c>
       <c r="B43" t="s">
         <v>28</v>
       </c>
       <c r="C43" t="s">
         <v>30</v>
       </c>
       <c r="D43">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="E43">
-        <v>177.12</v>
+        <v>179.52</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>27</v>
       </c>
       <c r="B44" t="s">
         <v>28</v>
       </c>
       <c r="C44" t="s">
         <v>31</v>
       </c>
       <c r="D44">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E44">
-        <v>15.84</v>
+        <v>16.04</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">